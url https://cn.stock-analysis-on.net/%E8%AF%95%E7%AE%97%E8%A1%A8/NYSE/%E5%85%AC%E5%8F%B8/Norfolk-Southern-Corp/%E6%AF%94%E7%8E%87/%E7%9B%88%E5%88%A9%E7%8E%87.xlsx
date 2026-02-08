--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1128,51 +1128,51 @@
       </c>
       <c r="B13" s="7">
         <v>-0.2197</v>
       </c>
       <c r="C13" s="7">
         <v>-0.4366</v>
       </c>
       <c r="D13" s="7">
         <v>0.0</v>
       </c>
       <c r="E13" s="7">
         <v>0.0</v>
       </c>
       <c r="F13" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="7">
         <v>0.4283</v>
       </c>
       <c r="C14" s="7">
-        <v>0.4011</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="7">
         <v>0.0</v>
       </c>
       <c r="E14" s="7">
         <v>0.0</v>
       </c>
       <c r="F14" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="7">
         <v>-0.0415</v>
       </c>
       <c r="C15" s="7">
         <v>-0.4141</v>
       </c>
       <c r="D15" s="7">
         <v>0.0</v>
       </c>
       <c r="E15" s="7">
@@ -1419,51 +1419,51 @@
       </c>
       <c r="B13" s="7">
         <v>-0.0284</v>
       </c>
       <c r="C13" s="7">
         <v>-0.6076</v>
       </c>
       <c r="D13" s="7">
         <v>0.0</v>
       </c>
       <c r="E13" s="7">
         <v>0.0</v>
       </c>
       <c r="F13" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="7">
         <v>0.2992</v>
       </c>
       <c r="C14" s="7">
-        <v>0.2738</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="7">
         <v>0.0</v>
       </c>
       <c r="E14" s="7">
         <v>0.0</v>
       </c>
       <c r="F14" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="7">
         <v>-0.0797</v>
       </c>
       <c r="C15" s="7">
         <v>-0.4604</v>
       </c>
       <c r="D15" s="7">
         <v>0.0</v>
       </c>
       <c r="E15" s="7">
@@ -1710,51 +1710,51 @@
       </c>
       <c r="B13" s="7">
         <v>-0.0343</v>
       </c>
       <c r="C13" s="7">
         <v>-0.5518</v>
       </c>
       <c r="D13" s="7">
         <v>0.0</v>
       </c>
       <c r="E13" s="7">
         <v>0.0</v>
       </c>
       <c r="F13" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="7">
         <v>0.4606</v>
       </c>
       <c r="C14" s="7">
-        <v>0.3154</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="7">
         <v>0.0</v>
       </c>
       <c r="E14" s="7">
         <v>0.0</v>
       </c>
       <c r="F14" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="7">
         <v>-0.3905</v>
       </c>
       <c r="C15" s="7">
         <v>-1.1861</v>
       </c>
       <c r="D15" s="7">
         <v>0.0</v>
       </c>
       <c r="E15" s="7">
@@ -2001,51 +2001,51 @@
       </c>
       <c r="B13" s="7">
         <v>-0.0128</v>
       </c>
       <c r="C13" s="7">
         <v>-0.2035</v>
       </c>
       <c r="D13" s="7">
         <v>0.0</v>
       </c>
       <c r="E13" s="7">
         <v>0.0</v>
       </c>
       <c r="F13" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="7">
         <v>0.1027</v>
       </c>
       <c r="C14" s="7">
-        <v>0.0857</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="7">
         <v>0.0</v>
       </c>
       <c r="E14" s="7">
         <v>0.0</v>
       </c>
       <c r="F14" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="7">
         <v>-0.0288</v>
       </c>
       <c r="C15" s="7">
         <v>-0.1187</v>
       </c>
       <c r="D15" s="7">
         <v>0.0</v>
       </c>
       <c r="E15" s="7">