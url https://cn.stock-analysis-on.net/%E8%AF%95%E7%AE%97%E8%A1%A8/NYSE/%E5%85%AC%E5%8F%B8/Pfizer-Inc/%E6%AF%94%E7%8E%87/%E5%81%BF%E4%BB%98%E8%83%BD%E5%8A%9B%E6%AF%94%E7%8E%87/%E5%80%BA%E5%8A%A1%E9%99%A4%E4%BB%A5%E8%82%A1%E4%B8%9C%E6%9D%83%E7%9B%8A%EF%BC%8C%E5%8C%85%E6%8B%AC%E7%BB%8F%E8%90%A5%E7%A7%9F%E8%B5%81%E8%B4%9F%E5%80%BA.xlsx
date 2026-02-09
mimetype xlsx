--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -968,51 +968,51 @@
       </c>
       <c r="E25" s="14">
         <v>0.91</v>
       </c>
       <c r="F25" s="14">
         <v>1.32</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="14">
         <v>0.1</v>
       </c>
       <c r="C26" s="14">
         <v>0.11</v>
       </c>
       <c r="D26" s="14">
         <v>0.12</v>
       </c>
       <c r="E26" s="14">
         <v>0.15</v>
       </c>
       <c r="F26" s="14">
-        <v>0.25</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B27" s="14">
         <v>0.66</v>
       </c>
       <c r="C27" s="14">
         <v>0.78</v>
       </c>
       <c r="D27" s="14">
         <v>0.82</v>
       </c>
       <c r="E27" s="14">
         <v>0.89</v>
       </c>
       <c r="F27" s="14">
         <v>0.65</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="13" t="s">
         <v>23</v>