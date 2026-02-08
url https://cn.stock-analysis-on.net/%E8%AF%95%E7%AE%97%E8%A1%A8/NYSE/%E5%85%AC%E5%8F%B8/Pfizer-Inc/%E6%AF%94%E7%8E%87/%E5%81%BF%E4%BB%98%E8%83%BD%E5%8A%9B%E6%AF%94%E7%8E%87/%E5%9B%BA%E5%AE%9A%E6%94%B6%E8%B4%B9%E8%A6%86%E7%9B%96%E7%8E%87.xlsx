--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1060,51 +1060,51 @@
       </c>
       <c r="E29" s="14">
         <v>13.08</v>
       </c>
       <c r="F29" s="14">
         <v>8.47</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B30" s="14">
         <v>53.13</v>
       </c>
       <c r="C30" s="14">
         <v>46.55</v>
       </c>
       <c r="D30" s="14">
         <v>68.67</v>
       </c>
       <c r="E30" s="14">
         <v>138.96000000000001</v>
       </c>
       <c r="F30" s="14">
-        <v>57.7</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B31" s="14">
         <v>5.0099999999999998</v>
       </c>
       <c r="C31" s="14">
         <v>4.61</v>
       </c>
       <c r="D31" s="14">
         <v>8.12</v>
       </c>
       <c r="E31" s="14">
         <v>12.19</v>
       </c>
       <c r="F31" s="14">
         <v>10.3</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="13" t="s">
         <v>27</v>