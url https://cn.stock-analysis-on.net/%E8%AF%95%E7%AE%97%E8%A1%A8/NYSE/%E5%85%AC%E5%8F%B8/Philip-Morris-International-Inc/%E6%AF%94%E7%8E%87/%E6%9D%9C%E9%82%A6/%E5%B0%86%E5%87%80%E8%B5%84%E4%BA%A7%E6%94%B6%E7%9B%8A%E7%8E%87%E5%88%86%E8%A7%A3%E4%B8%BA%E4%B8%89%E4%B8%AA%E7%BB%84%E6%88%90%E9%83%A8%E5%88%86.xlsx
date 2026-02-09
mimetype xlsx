--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -513,128 +513,128 @@
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="5">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B5" s="6">
         <v>0.0</v>
       </c>
       <c r="D5" s="6">
-        <v>0.1863</v>
+        <v>0.2792</v>
       </c>
       <c r="F5" s="7">
-        <v>0.61</v>
+        <v>0.59</v>
       </c>
       <c r="H5" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="5">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B6" s="6">
         <v>0.0</v>
       </c>
       <c r="D6" s="6">
-        <v>0.2221</v>
+        <v>0.1863</v>
       </c>
       <c r="F6" s="7">
-        <v>0.54</v>
+        <v>0.61</v>
       </c>
       <c r="H6" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="5">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B7" s="6">
         <v>0.0</v>
       </c>
       <c r="D7" s="6">
-        <v>0.2849</v>
+        <v>0.2221</v>
       </c>
       <c r="F7" s="7">
-        <v>0.51</v>
+        <v>0.54</v>
       </c>
       <c r="H7" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="5">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B8" s="6">
         <v>0.0</v>
       </c>
       <c r="D8" s="6">
-        <v>0.29</v>
+        <v>0.2849</v>
       </c>
       <c r="F8" s="7">
-        <v>0.76</v>
+        <v>0.51</v>
       </c>
       <c r="H8" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="5">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B9" s="6">
         <v>0.0</v>
       </c>
       <c r="D9" s="6">
-        <v>0.2808</v>
+        <v>0.29</v>
       </c>
       <c r="F9" s="7">
-        <v>0.64</v>
+        <v>0.76</v>
       </c>
       <c r="H9" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="8"/>
       <c r="C10" s="8"/>
       <c r="D10" s="8"/>
       <c r="E10" s="8"/>
       <c r="F10" s="8"/>
       <c r="G10" s="8"/>
       <c r="H10" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>