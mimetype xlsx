--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>付费用户区域。数据不可用！</t>
   </si>
   <si>
     <t>Philip Morris International Inc.</t>
   </si>
   <si>
     <t>自由现金流与权益比率（FCFE）预测</t>
   </si>
   <si>
     <t>单位：百万美元，每股数据除外</t>
   </si>
   <si>
     <t>年</t>
   </si>
   <si>
     <t>价值</t>
   </si>
   <si>
     <t>FCFE(t) 或 TV(t)</t>
   </si>
   <si>
-    <t>现值 11.54%</t>
+    <t>现值 9.61%</t>
   </si>
   <si>
     <t>FCFE(0)</t>
   </si>
   <si>
     <t>FCFE(1)</t>
   </si>
   <si>
     <t>FCFE(2)</t>
   </si>
   <si>
     <t>FCFE(3)</t>
   </si>
   <si>
     <t>FCFE(4)</t>
   </si>
   <si>
     <t>FCFE(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>普通股 Philip Morris International Inc. 内在价值</t>
   </si>