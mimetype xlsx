--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -62,51 +62,51 @@
   <si>
     <t>雇佣成本</t>
   </si>
   <si>
     <t>应付股利</t>
   </si>
   <si>
     <t>其他</t>
   </si>
   <si>
     <t>应计负债</t>
   </si>
   <si>
     <t>所得税</t>
   </si>
   <si>
     <t>流动负债</t>
   </si>
   <si>
     <t>长期债务，不包括流动部分</t>
   </si>
   <si>
     <t>递延所得税</t>
   </si>
   <si>
-    <t>所得税和其他负债</t>
+    <t>其他责任</t>
   </si>
   <si>
     <t>非流动负债</t>
   </si>
   <si>
     <t>负债合计</t>
   </si>
   <si>
     <t>普通股，无面值</t>
   </si>
   <si>
     <t>额外实收资本</t>
   </si>
   <si>
     <t>收益再投资于业务</t>
   </si>
   <si>
     <t>累计其他综合损失</t>
   </si>
   <si>
     <t>回购股票的成本</t>
   </si>
   <si>
     <t>PMI股东赤字总额</t>
   </si>
@@ -586,63 +586,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>4</v>