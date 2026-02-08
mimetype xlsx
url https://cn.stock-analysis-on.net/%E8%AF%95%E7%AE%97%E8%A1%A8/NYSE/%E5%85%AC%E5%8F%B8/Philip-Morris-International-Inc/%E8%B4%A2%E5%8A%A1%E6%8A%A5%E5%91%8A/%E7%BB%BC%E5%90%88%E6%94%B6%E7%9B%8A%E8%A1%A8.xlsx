--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -545,343 +545,343 @@
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="4">
         <v>45657</v>
       </c>
-      <c r="C5" s="4">
+      <c r="D5" s="4">
         <v>45291</v>
       </c>
-      <c r="D5" s="4">
+      <c r="E5" s="4">
         <v>44926</v>
       </c>
-      <c r="E5" s="4">
+      <c r="F5" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="6">
+        <v>11848.0</v>
+      </c>
+      <c r="C6" s="6">
         <v>7503.0</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>8268.0</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>9527.0</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>9710.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>8592.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="6">
+        <v>-1864.0</v>
+      </c>
+      <c r="C7" s="6">
         <v>-122.0</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>-1643.0</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>-1268.0</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>58.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-1265.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6">
+        <v>3.0</v>
+      </c>
+      <c r="C8" s="6">
         <v>171.0</v>
       </c>
-      <c r="C8" s="6">
+      <c r="D8" s="6">
         <v>12.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="E8" s="6">
         <v>0.0</v>
       </c>
       <c r="F8" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="9">
+        <v>-1861.0</v>
+      </c>
+      <c r="C9" s="9">
         <v>49.0</v>
       </c>
-      <c r="C9" s="9">
+      <c r="D9" s="9">
         <v>-1631.0</v>
       </c>
-      <c r="D9" s="9">
+      <c r="E9" s="9">
         <v>-1268.0</v>
       </c>
-      <c r="E9" s="9">
+      <c r="F9" s="9">
         <v>58.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-1265.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="6">
+        <v>884.0</v>
+      </c>
+      <c r="C10" s="6">
         <v>-10.0</v>
       </c>
-      <c r="C10" s="6">
+      <c r="D10" s="6">
         <v>-861.0</v>
       </c>
-      <c r="D10" s="6">
+      <c r="E10" s="6">
         <v>843.0</v>
       </c>
-      <c r="E10" s="6">
+      <c r="F10" s="6">
         <v>1055.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-726.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="7" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="6">
+        <v>175.0</v>
+      </c>
+      <c r="C11" s="6">
         <v>135.0</v>
       </c>
-      <c r="C11" s="6">
+      <c r="D11" s="6">
         <v>87.0</v>
       </c>
-      <c r="D11" s="6">
+      <c r="E11" s="6">
         <v>217.0</v>
       </c>
-      <c r="E11" s="6">
+      <c r="F11" s="6">
         <v>323.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>299.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="9">
+        <v>1059.0</v>
+      </c>
+      <c r="C12" s="9">
         <v>125.0</v>
       </c>
-      <c r="C12" s="9">
+      <c r="D12" s="9">
         <v>-774.0</v>
       </c>
-      <c r="D12" s="9">
+      <c r="E12" s="9">
         <v>1060.0</v>
       </c>
-      <c r="E12" s="9">
+      <c r="F12" s="9">
         <v>1378.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-427.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="6">
+        <v>-89.0</v>
+      </c>
+      <c r="C13" s="6">
         <v>439.0</v>
       </c>
-      <c r="C13" s="6">
+      <c r="D13" s="6">
         <v>195.0</v>
       </c>
-      <c r="D13" s="6">
+      <c r="E13" s="6">
         <v>481.0</v>
       </c>
-      <c r="E13" s="6">
+      <c r="F13" s="6">
         <v>124.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-68.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="6">
+        <v>-94.0</v>
+      </c>
+      <c r="C14" s="6">
         <v>-213.0</v>
       </c>
-      <c r="C14" s="6">
+      <c r="D14" s="6">
         <v>-220.0</v>
       </c>
-      <c r="D14" s="6">
+      <c r="E14" s="6">
         <v>-219.0</v>
       </c>
-      <c r="E14" s="6">
+      <c r="F14" s="6">
         <v>-35.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-20.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="9">
+        <v>-183.0</v>
+      </c>
+      <c r="C15" s="9">
         <v>226.0</v>
       </c>
-      <c r="C15" s="9">
+      <c r="D15" s="9">
         <v>-25.0</v>
       </c>
-      <c r="D15" s="9">
+      <c r="E15" s="9">
         <v>262.0</v>
       </c>
-      <c r="E15" s="9">
+      <c r="F15" s="9">
         <v>89.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-88.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="9">
+        <v>-985.0</v>
+      </c>
+      <c r="C16" s="9">
         <v>400.0</v>
       </c>
-      <c r="C16" s="9">
+      <c r="D16" s="9">
         <v>-2430.0</v>
       </c>
-      <c r="D16" s="9">
+      <c r="E16" s="9">
         <v>54.0</v>
       </c>
-      <c r="E16" s="9">
+      <c r="F16" s="9">
         <v>1525.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-1780.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="9">
+        <v>10863.0</v>
+      </c>
+      <c r="C17" s="9">
         <v>7903.0</v>
       </c>
-      <c r="C17" s="9">
+      <c r="D17" s="9">
         <v>5838.0</v>
       </c>
-      <c r="D17" s="9">
+      <c r="E17" s="9">
         <v>9581.0</v>
       </c>
-      <c r="E17" s="9">
+      <c r="F17" s="9">
         <v>11235.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>6812.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="6">
+        <v>-497.0</v>
+      </c>
+      <c r="C18" s="6">
         <v>-345.0</v>
       </c>
-      <c r="C18" s="6">
+      <c r="D18" s="6">
         <v>-281.0</v>
       </c>
-      <c r="D18" s="6">
+      <c r="E18" s="6">
         <v>-515.0</v>
       </c>
-      <c r="E18" s="6">
+      <c r="F18" s="6">
         <v>-522.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-574.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="9">
+        <v>10366.0</v>
+      </c>
+      <c r="C19" s="9">
         <v>7558.0</v>
       </c>
-      <c r="C19" s="9">
+      <c r="D19" s="9">
         <v>5557.0</v>
       </c>
-      <c r="D19" s="9">
+      <c r="E19" s="9">
         <v>9066.0</v>
       </c>
-      <c r="E19" s="9">
+      <c r="F19" s="9">
         <v>10713.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>6238.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="13"/>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>