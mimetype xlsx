--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1270,60 +1270,60 @@
       <c r="C13" s="7">
         <v>1.05</v>
       </c>
       <c r="D13" s="7">
         <v>0.98</v>
       </c>
       <c r="E13" s="7">
         <v>0.95</v>
       </c>
       <c r="F13" s="7">
         <v>0.92</v>
       </c>
       <c r="G13" s="7">
         <v>0.94</v>
       </c>
       <c r="H13" s="7">
         <v>0.94</v>
       </c>
       <c r="I13" s="7">
         <v>0.95</v>
       </c>
       <c r="J13" s="7">
         <v>0.96</v>
       </c>
       <c r="K13" s="7">
-        <v>1.14</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="7">
-        <v>1.12</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="7">
-        <v>1.2</v>
+        <v>0.0</v>
       </c>
       <c r="N13" s="7">
-        <v>1.05</v>
+        <v>0.0</v>
       </c>
       <c r="O13" s="7">
         <v>0.0</v>
       </c>
       <c r="P13" s="7">
         <v>0.0</v>
       </c>
       <c r="Q13" s="7">
         <v>0.0</v>
       </c>
       <c r="R13" s="7">
         <v>0.0</v>
       </c>
       <c r="S13" s="7">
         <v>0.0</v>
       </c>
       <c r="T13" s="7">
         <v>0.0</v>
       </c>
       <c r="U13" s="7">
         <v>0.0</v>
       </c>
       <c r="V13" s="7">
         <v>0.0</v>
       </c>
@@ -2100,60 +2100,60 @@
       <c r="C17" s="7">
         <v>0.53</v>
       </c>
       <c r="D17" s="7">
         <v>0.44</v>
       </c>
       <c r="E17" s="7">
         <v>0.43</v>
       </c>
       <c r="F17" s="7">
         <v>0.44</v>
       </c>
       <c r="G17" s="7">
         <v>0.45</v>
       </c>
       <c r="H17" s="7">
         <v>0.42</v>
       </c>
       <c r="I17" s="7">
         <v>0.43</v>
       </c>
       <c r="J17" s="7">
         <v>0.48</v>
       </c>
       <c r="K17" s="7">
-        <v>0.68</v>
+        <v>0.0</v>
       </c>
       <c r="L17" s="7">
-        <v>0.64</v>
+        <v>0.0</v>
       </c>
       <c r="M17" s="7">
-        <v>0.76</v>
+        <v>0.0</v>
       </c>
       <c r="N17" s="7">
-        <v>0.63</v>
+        <v>0.0</v>
       </c>
       <c r="O17" s="7">
         <v>0.0</v>
       </c>
       <c r="P17" s="7">
         <v>0.0</v>
       </c>
       <c r="Q17" s="7">
         <v>0.0</v>
       </c>
       <c r="R17" s="7">
         <v>0.0</v>
       </c>
       <c r="S17" s="7">
         <v>0.0</v>
       </c>
       <c r="T17" s="7">
         <v>0.0</v>
       </c>
       <c r="U17" s="7">
         <v>0.0</v>
       </c>
       <c r="V17" s="7">
         <v>0.0</v>
       </c>
@@ -2862,60 +2862,60 @@
       <c r="C16" s="7">
         <v>0.53</v>
       </c>
       <c r="D16" s="7">
         <v>0.44</v>
       </c>
       <c r="E16" s="7">
         <v>0.43</v>
       </c>
       <c r="F16" s="7">
         <v>0.44</v>
       </c>
       <c r="G16" s="7">
         <v>0.45</v>
       </c>
       <c r="H16" s="7">
         <v>0.42</v>
       </c>
       <c r="I16" s="7">
         <v>0.43</v>
       </c>
       <c r="J16" s="7">
         <v>0.48</v>
       </c>
       <c r="K16" s="7">
-        <v>0.68</v>
+        <v>0.0</v>
       </c>
       <c r="L16" s="7">
-        <v>0.64</v>
+        <v>0.0</v>
       </c>
       <c r="M16" s="7">
-        <v>0.76</v>
+        <v>0.0</v>
       </c>
       <c r="N16" s="7">
-        <v>0.63</v>
+        <v>0.0</v>
       </c>
       <c r="O16" s="7">
         <v>0.0</v>
       </c>
       <c r="P16" s="7">
         <v>0.0</v>
       </c>
       <c r="Q16" s="7">
         <v>0.0</v>
       </c>
       <c r="R16" s="7">
         <v>0.0</v>
       </c>
       <c r="S16" s="7">
         <v>0.0</v>
       </c>
       <c r="T16" s="7">
         <v>0.0</v>
       </c>
       <c r="U16" s="7">
         <v>0.0</v>
       </c>
       <c r="V16" s="7">
         <v>0.0</v>
       </c>