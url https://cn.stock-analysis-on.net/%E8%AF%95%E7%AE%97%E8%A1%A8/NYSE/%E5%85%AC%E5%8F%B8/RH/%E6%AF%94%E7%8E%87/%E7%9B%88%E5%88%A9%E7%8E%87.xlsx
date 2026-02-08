--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -958,51 +958,51 @@
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="7">
         <v>0.4698</v>
       </c>
       <c r="C12" s="7">
         <v>0.4381</v>
       </c>
       <c r="D12" s="7">
         <v>0.4203</v>
       </c>
       <c r="E12" s="7">
-        <v>0.3957</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
       <c r="G12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="7">
         <v>0.3353</v>
       </c>
       <c r="C13" s="7">
         <v>0.3363</v>
       </c>
       <c r="D13" s="7">
         <v>0.3395</v>
       </c>
       <c r="E13" s="7">
         <v>0.3409</v>
       </c>
       <c r="F13" s="7">
@@ -1204,51 +1204,51 @@
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="7">
         <v>0.0641</v>
       </c>
       <c r="C12" s="7">
         <v>0.0238</v>
       </c>
       <c r="D12" s="7">
         <v>0.053</v>
       </c>
       <c r="E12" s="7">
-        <v>0.0593</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
       <c r="G12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="7">
         <v>0.1527</v>
       </c>
       <c r="C13" s="7">
         <v>0.1524</v>
       </c>
       <c r="D13" s="7">
         <v>0.1384</v>
       </c>
       <c r="E13" s="7">
         <v>0.1437</v>
       </c>
       <c r="F13" s="7">
@@ -1506,51 +1506,51 @@
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="7">
         <v>0.0529</v>
       </c>
       <c r="C12" s="7">
         <v>-0.0053</v>
       </c>
       <c r="D12" s="7">
         <v>0.071</v>
       </c>
       <c r="E12" s="7">
-        <v>0.0553</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
       <c r="G12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="7">
         <v>0.1087</v>
       </c>
       <c r="C13" s="7">
         <v>0.1087</v>
       </c>
       <c r="D13" s="7">
         <v>0.0974</v>
       </c>
       <c r="E13" s="7">
         <v>0.102</v>
       </c>
       <c r="F13" s="7">
@@ -1808,51 +1808,51 @@
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="7">
         <v>0.1507</v>
       </c>
       <c r="C12" s="7">
         <v>-0.0186</v>
       </c>
       <c r="D12" s="7">
         <v>0.2413</v>
       </c>
       <c r="E12" s="7">
-        <v>0.2284</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
       <c r="G12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="7">
         <v>10.9507</v>
       </c>
       <c r="C13" s="7">
         <v>0.0</v>
       </c>
       <c r="D13" s="7">
         <v>3.9</v>
       </c>
       <c r="E13" s="7">
         <v>0.0</v>
       </c>
       <c r="F13" s="7">
@@ -2110,51 +2110,51 @@
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="7">
         <v>0.0576</v>
       </c>
       <c r="C12" s="7">
         <v>-0.0059</v>
       </c>
       <c r="D12" s="7">
         <v>0.0793</v>
       </c>
       <c r="E12" s="7">
-        <v>0.0664</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
       <c r="G12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="7">
         <v>0.2238</v>
       </c>
       <c r="C13" s="7">
         <v>0.2286</v>
       </c>
       <c r="D13" s="7">
         <v>0.1823</v>
       </c>
       <c r="E13" s="7">
         <v>0.2194</v>
       </c>
       <c r="F13" s="7">