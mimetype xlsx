--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -882,60 +882,60 @@
       <c r="C13" s="13">
         <v>0.0576</v>
       </c>
       <c r="D13" s="13">
         <v>0.0412</v>
       </c>
       <c r="E13" s="13">
         <v>0.0274</v>
       </c>
       <c r="F13" s="13">
         <v>0.0092</v>
       </c>
       <c r="G13" s="13">
         <v>-0.0059</v>
       </c>
       <c r="H13" s="13">
         <v>0.0264</v>
       </c>
       <c r="I13" s="13">
         <v>0.0277</v>
       </c>
       <c r="J13" s="13">
         <v>0.0521</v>
       </c>
       <c r="K13" s="13">
-        <v>0.0793</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="13">
-        <v>0.0687</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="13">
-        <v>0.0817</v>
+        <v>0.0</v>
       </c>
       <c r="N13" s="13">
-        <v>0.0833</v>
+        <v>0.0</v>
       </c>
       <c r="O13" s="13">
         <v>0.0</v>
       </c>
       <c r="P13" s="13">
         <v>0.0</v>
       </c>
       <c r="Q13" s="13">
         <v>0.0</v>
       </c>
       <c r="R13" s="13">
         <v>0.0</v>
       </c>
       <c r="S13" s="13">
         <v>0.0</v>
       </c>
       <c r="T13" s="13">
         <v>0.0</v>
       </c>
       <c r="U13" s="13">
         <v>0.0</v>
       </c>
       <c r="V13" s="13">
         <v>0.0</v>
       </c>