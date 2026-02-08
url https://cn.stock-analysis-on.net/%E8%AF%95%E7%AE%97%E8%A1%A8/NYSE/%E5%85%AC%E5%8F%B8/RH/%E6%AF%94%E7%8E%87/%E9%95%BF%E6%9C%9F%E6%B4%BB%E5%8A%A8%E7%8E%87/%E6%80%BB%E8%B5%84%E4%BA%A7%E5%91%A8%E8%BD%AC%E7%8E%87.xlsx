--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -675,51 +675,51 @@
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="10" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="12">
         <v>1.09</v>
       </c>
       <c r="C12" s="12">
         <v>1.11</v>
       </c>
       <c r="D12" s="12">
         <v>1.12</v>
       </c>
       <c r="E12" s="12">
-        <v>1.2</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="12">
         <v>0.0</v>
       </c>
       <c r="G12" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="12">
         <v>2.06</v>
       </c>
       <c r="C13" s="12">
         <v>2.1</v>
       </c>
       <c r="D13" s="12">
         <v>1.87</v>
       </c>
       <c r="E13" s="12">
         <v>2.15</v>
       </c>
       <c r="F13" s="12">