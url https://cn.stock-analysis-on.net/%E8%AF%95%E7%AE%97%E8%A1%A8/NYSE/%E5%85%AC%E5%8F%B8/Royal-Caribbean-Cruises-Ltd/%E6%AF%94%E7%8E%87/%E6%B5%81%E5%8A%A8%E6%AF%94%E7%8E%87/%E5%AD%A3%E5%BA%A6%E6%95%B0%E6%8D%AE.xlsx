--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1295,60 +1295,60 @@
       </c>
       <c r="P14" s="7">
         <v>0.0</v>
       </c>
       <c r="Q14" s="7">
         <v>0.0</v>
       </c>
       <c r="R14" s="7">
         <v>0.0</v>
       </c>
       <c r="S14" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B15" s="7">
         <v>1.26</v>
       </c>
       <c r="C15" s="7">
         <v>1.32</v>
       </c>
       <c r="D15" s="7">
-        <v>1.58</v>
+        <v>0.0</v>
       </c>
       <c r="E15" s="7">
-        <v>1.78</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="7">
-        <v>1.73</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="7">
-        <v>1.75</v>
+        <v>0.0</v>
       </c>
       <c r="H15" s="7">
         <v>0.0</v>
       </c>
       <c r="I15" s="7">
         <v>0.0</v>
       </c>
       <c r="J15" s="7">
         <v>0.0</v>
       </c>
       <c r="K15" s="7">
         <v>0.0</v>
       </c>
       <c r="L15" s="7">
         <v>0.0</v>
       </c>
       <c r="M15" s="7">
         <v>0.0</v>
       </c>
       <c r="N15" s="7">
         <v>0.0</v>
       </c>
       <c r="O15" s="7">
         <v>0.0</v>
       </c>
@@ -2082,60 +2082,60 @@
       </c>
       <c r="P17" s="7">
         <v>0.0</v>
       </c>
       <c r="Q17" s="7">
         <v>0.0</v>
       </c>
       <c r="R17" s="7">
         <v>0.0</v>
       </c>
       <c r="S17" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="7">
         <v>1.02</v>
       </c>
       <c r="C18" s="7">
         <v>1.13</v>
       </c>
       <c r="D18" s="7">
-        <v>1.35</v>
+        <v>0.0</v>
       </c>
       <c r="E18" s="7">
-        <v>1.29</v>
+        <v>0.0</v>
       </c>
       <c r="F18" s="7">
-        <v>1.28</v>
+        <v>0.0</v>
       </c>
       <c r="G18" s="7">
-        <v>1.35</v>
+        <v>0.0</v>
       </c>
       <c r="H18" s="7">
         <v>0.0</v>
       </c>
       <c r="I18" s="7">
         <v>0.0</v>
       </c>
       <c r="J18" s="7">
         <v>0.0</v>
       </c>
       <c r="K18" s="7">
         <v>0.0</v>
       </c>
       <c r="L18" s="7">
         <v>0.0</v>
       </c>
       <c r="M18" s="7">
         <v>0.0</v>
       </c>
       <c r="N18" s="7">
         <v>0.0</v>
       </c>
       <c r="O18" s="7">
         <v>0.0</v>
       </c>
@@ -2810,60 +2810,60 @@
       </c>
       <c r="P16" s="7">
         <v>0.0</v>
       </c>
       <c r="Q16" s="7">
         <v>0.0</v>
       </c>
       <c r="R16" s="7">
         <v>0.0</v>
       </c>
       <c r="S16" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="7">
         <v>0.92</v>
       </c>
       <c r="C17" s="7">
         <v>1.03</v>
       </c>
       <c r="D17" s="7">
-        <v>1.23</v>
+        <v>0.0</v>
       </c>
       <c r="E17" s="7">
-        <v>1.2</v>
+        <v>0.0</v>
       </c>
       <c r="F17" s="7">
-        <v>1.19</v>
+        <v>0.0</v>
       </c>
       <c r="G17" s="7">
-        <v>1.27</v>
+        <v>0.0</v>
       </c>
       <c r="H17" s="7">
         <v>0.0</v>
       </c>
       <c r="I17" s="7">
         <v>0.0</v>
       </c>
       <c r="J17" s="7">
         <v>0.0</v>
       </c>
       <c r="K17" s="7">
         <v>0.0</v>
       </c>
       <c r="L17" s="7">
         <v>0.0</v>
       </c>
       <c r="M17" s="7">
         <v>0.0</v>
       </c>
       <c r="N17" s="7">
         <v>0.0</v>
       </c>
       <c r="O17" s="7">
         <v>0.0</v>
       </c>