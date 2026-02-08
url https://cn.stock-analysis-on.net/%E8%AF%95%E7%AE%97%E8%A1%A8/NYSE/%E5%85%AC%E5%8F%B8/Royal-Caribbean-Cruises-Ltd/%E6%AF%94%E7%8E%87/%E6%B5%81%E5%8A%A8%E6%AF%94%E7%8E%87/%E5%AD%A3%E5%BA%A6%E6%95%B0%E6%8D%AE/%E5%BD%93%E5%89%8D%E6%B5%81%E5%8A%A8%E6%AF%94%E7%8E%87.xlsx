--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -946,60 +946,60 @@
       </c>
       <c r="P14" s="13">
         <v>0.0</v>
       </c>
       <c r="Q14" s="13">
         <v>0.0</v>
       </c>
       <c r="R14" s="13">
         <v>0.0</v>
       </c>
       <c r="S14" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="13">
         <v>1.26</v>
       </c>
       <c r="C15" s="13">
         <v>1.32</v>
       </c>
       <c r="D15" s="13">
-        <v>1.58</v>
+        <v>0.0</v>
       </c>
       <c r="E15" s="13">
-        <v>1.78</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="13">
-        <v>1.73</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="13">
-        <v>1.75</v>
+        <v>0.0</v>
       </c>
       <c r="H15" s="13">
         <v>0.0</v>
       </c>
       <c r="I15" s="13">
         <v>0.0</v>
       </c>
       <c r="J15" s="13">
         <v>0.0</v>
       </c>
       <c r="K15" s="13">
         <v>0.0</v>
       </c>
       <c r="L15" s="13">
         <v>0.0</v>
       </c>
       <c r="M15" s="13">
         <v>0.0</v>
       </c>
       <c r="N15" s="13">
         <v>0.0</v>
       </c>
       <c r="O15" s="13">
         <v>0.0</v>
       </c>