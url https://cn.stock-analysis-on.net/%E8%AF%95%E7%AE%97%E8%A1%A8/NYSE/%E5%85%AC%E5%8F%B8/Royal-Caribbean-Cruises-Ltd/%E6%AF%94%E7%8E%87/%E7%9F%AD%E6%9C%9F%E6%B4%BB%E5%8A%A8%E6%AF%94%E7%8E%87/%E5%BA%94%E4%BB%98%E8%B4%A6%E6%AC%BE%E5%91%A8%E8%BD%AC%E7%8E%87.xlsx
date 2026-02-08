--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -703,51 +703,51 @@
       </c>
       <c r="B13" s="12">
         <v>6.91</v>
       </c>
       <c r="C13" s="12">
         <v>9.25</v>
       </c>
       <c r="D13" s="12">
         <v>0.0</v>
       </c>
       <c r="E13" s="12">
         <v>0.0</v>
       </c>
       <c r="F13" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="12">
         <v>35.79</v>
       </c>
       <c r="C14" s="12">
-        <v>40.52</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="12">
         <v>0.0</v>
       </c>
       <c r="E14" s="12">
         <v>0.0</v>
       </c>
       <c r="F14" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="12">
         <v>14.52</v>
       </c>
       <c r="C15" s="12">
         <v>17.1</v>
       </c>
       <c r="D15" s="12">
         <v>0.0</v>
       </c>
       <c r="E15" s="12">