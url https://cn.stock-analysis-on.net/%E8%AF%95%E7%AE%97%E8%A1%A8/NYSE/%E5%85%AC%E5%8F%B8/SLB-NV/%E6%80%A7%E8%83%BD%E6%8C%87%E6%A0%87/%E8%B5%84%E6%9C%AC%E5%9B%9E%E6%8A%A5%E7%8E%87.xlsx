--- v0 (2025-10-23)
+++ v1 (2026-02-07)
@@ -618,63 +618,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
@@ -779,119 +779,119 @@
       <c r="A6" s="4"/>
       <c r="B6" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="12" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F6" s="12" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="12" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="13">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B7" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="H7" s="14" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="13">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B8" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="H8" s="14" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="13">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B9" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="14" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="13">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B10" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="14" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="13">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B11" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="14" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="11"/>
       <c r="C12" s="11"/>
       <c r="D12" s="11"/>
       <c r="E12" s="11"/>
       <c r="F12" s="11"/>
       <c r="G12" s="11"/>
       <c r="H12" s="11"/>
@@ -915,63 +915,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
@@ -1091,63 +1091,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
@@ -1227,63 +1227,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>