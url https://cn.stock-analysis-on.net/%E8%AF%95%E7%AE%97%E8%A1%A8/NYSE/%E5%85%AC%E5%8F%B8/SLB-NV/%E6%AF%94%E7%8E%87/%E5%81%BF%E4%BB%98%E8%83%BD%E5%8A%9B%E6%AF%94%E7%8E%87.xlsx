--- v0 (2025-10-23)
+++ v1 (2026-02-08)
@@ -104,84 +104,84 @@
   <si>
     <t>短期借款和长期债务的流动部分</t>
   </si>
   <si>
     <t>长期债务，不包括流动部分</t>
   </si>
   <si>
     <t>总债务</t>
   </si>
   <si>
     <t>SLB股东权益合计</t>
   </si>
   <si>
     <t>基准</t>
   </si>
   <si>
     <t>债务与股东权益比率工业</t>
   </si>
   <si>
     <t>能源</t>
   </si>
   <si>
     <t>经营租赁负债（在应付账款和应计负债中确认）</t>
   </si>
   <si>
-    <t>经营租赁负债（在其他负债中确认）</t>
+    <t>运营租赁负债（认定为其他负债）</t>
   </si>
   <si>
     <t>债务总额（包括经营租赁负债）</t>
   </si>
   <si>
     <t>债务与股东权益比率（包括经营租赁负债）工业</t>
   </si>
   <si>
     <t>总资本</t>
   </si>
   <si>
     <t>债务与总资本比率工业</t>
   </si>
   <si>
     <t>总资本（包括经营租赁负债）</t>
   </si>
   <si>
     <t>债务与总资本比率（包括经营租赁负债）工业</t>
   </si>
   <si>
     <t>总资产</t>
   </si>
   <si>
     <t>资产负债率工业</t>
   </si>
   <si>
     <t>资产负债率（包括经营租赁负债）工业</t>
   </si>
   <si>
     <t>财务杠杆率工业</t>
   </si>
   <si>
-    <t>归属于SLB的净收益（亏损）</t>
+    <t>归因于SLB的净收入</t>
   </si>
   <si>
     <t>更多： 归属于非控制性权益的净利润</t>
   </si>
   <si>
     <t>更多： 所得税费用</t>
   </si>
   <si>
     <t>更多： 利息支出</t>
   </si>
   <si>
     <t>息税前利润 （EBIT）</t>
   </si>
   <si>
     <t>利息覆盖率工业</t>
   </si>
   <si>
     <t>更多： 经营租赁费用</t>
   </si>
   <si>
     <t>固定费用和税项前的利润</t>
   </si>
   <si>
     <t>利息支出</t>
   </si>
@@ -722,63 +722,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
@@ -978,63 +978,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>35</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1304,63 +1304,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1510,63 +1510,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1776,63 +1776,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2002,63 +2002,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2288,63 +2288,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2494,63 +2494,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2760,63 +2760,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2926,63 +2926,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>35</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>