--- v0 (2025-10-23)
+++ v1 (2026-02-08)
@@ -557,63 +557,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>4</v>
@@ -670,63 +670,63 @@
       <c r="E10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="8"/>
       <c r="C11" s="8"/>
       <c r="D11" s="8"/>
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="4"/>
       <c r="B17" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C17" s="5">
         <v>45657</v>
       </c>
-      <c r="C17" s="5">
+      <c r="D17" s="5">
         <v>45291</v>
       </c>
-      <c r="D17" s="5">
+      <c r="E17" s="5">
         <v>44926</v>
       </c>
-      <c r="E17" s="5">
+      <c r="F17" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="18" spans="1:6" customHeight="1" ht="34.8">
       <c r="A18" s="9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="11" t="e">
         <v>#N/A</v>
@@ -773,63 +773,63 @@
       <c r="E22" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F22" s="13" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="8"/>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="4"/>
       <c r="B29" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C29" s="5">
         <v>45657</v>
       </c>
-      <c r="C29" s="5">
+      <c r="D29" s="5">
         <v>45291</v>
       </c>
-      <c r="D29" s="5">
+      <c r="E29" s="5">
         <v>44926</v>
       </c>
-      <c r="E29" s="5">
+      <c r="F29" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="30" spans="1:6" customHeight="1" ht="34.8">
       <c r="A30" s="9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B31" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C31" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D31" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E31" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F31" s="11" t="e">
         <v>#N/A</v>
@@ -876,63 +876,63 @@
       <c r="E34" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F34" s="13" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="8"/>
       <c r="C35" s="8"/>
       <c r="D35" s="8"/>
       <c r="E35" s="8"/>
       <c r="F35" s="8"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="4"/>
       <c r="B41" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C41" s="5">
         <v>45657</v>
       </c>
-      <c r="C41" s="5">
+      <c r="D41" s="5">
         <v>45291</v>
       </c>
-      <c r="D41" s="5">
+      <c r="E41" s="5">
         <v>44926</v>
       </c>
-      <c r="E41" s="5">
+      <c r="F41" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="42" spans="1:6" customHeight="1" ht="34.8">
       <c r="A42" s="9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B43" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C43" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D43" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E43" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F43" s="11" t="e">
         <v>#N/A</v>
@@ -979,63 +979,63 @@
       <c r="E46" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F46" s="13" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B47" s="8"/>
       <c r="C47" s="8"/>
       <c r="D47" s="8"/>
       <c r="E47" s="8"/>
       <c r="F47" s="8"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="4"/>
       <c r="B53" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C53" s="5">
         <v>45657</v>
       </c>
-      <c r="C53" s="5">
+      <c r="D53" s="5">
         <v>45291</v>
       </c>
-      <c r="D53" s="5">
+      <c r="E53" s="5">
         <v>44926</v>
       </c>
-      <c r="E53" s="5">
+      <c r="F53" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="54" spans="1:6" customHeight="1" ht="34.8">
       <c r="A54" s="9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B55" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C55" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D55" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E55" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F55" s="11" t="e">
         <v>#N/A</v>