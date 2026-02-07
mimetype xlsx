--- v0 (2025-10-23)
+++ v1 (2026-02-07)
@@ -531,63 +531,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>5</v>
@@ -689,63 +689,63 @@
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="10"/>
       <c r="C14" s="10"/>
       <c r="D14" s="10"/>
       <c r="E14" s="10"/>
       <c r="F14" s="10"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="4"/>
       <c r="B21" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C21" s="5">
         <v>45657</v>
       </c>
-      <c r="C21" s="5">
+      <c r="D21" s="5">
         <v>45291</v>
       </c>
-      <c r="D21" s="5">
+      <c r="E21" s="5">
         <v>44926</v>
       </c>
-      <c r="E21" s="5">
+      <c r="F21" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B22" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C22" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D22" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E22" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F22" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="6" t="s">
         <v>5</v>