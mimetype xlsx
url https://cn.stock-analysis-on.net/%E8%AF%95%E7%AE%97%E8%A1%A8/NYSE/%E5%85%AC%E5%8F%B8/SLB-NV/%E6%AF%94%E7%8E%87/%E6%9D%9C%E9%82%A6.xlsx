--- v0 (2025-10-23)
+++ v1 (2026-02-08)
@@ -587,107 +587,107 @@
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="6">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="9"/>
       <c r="C12" s="9"/>
       <c r="D12" s="9"/>
       <c r="E12" s="9"/>
       <c r="F12" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
@@ -731,119 +731,119 @@
       <c r="A6" s="4"/>
       <c r="B6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="6">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H7" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="6">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H8" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="6">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="6">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="6">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="9"/>
       <c r="C12" s="9"/>
       <c r="D12" s="9"/>
       <c r="E12" s="9"/>
       <c r="F12" s="9"/>
       <c r="G12" s="9"/>
       <c r="H12" s="9"/>
@@ -906,143 +906,143 @@
       </c>
       <c r="F6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="G6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>11</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="L6" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7" s="6">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="J7" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L7" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8" s="6">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="J8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L8" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9" s="6">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="J9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10" s="6">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="J10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11" s="6">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="J11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L11" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="9"/>
@@ -1094,107 +1094,107 @@
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="6">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="9"/>
       <c r="C12" s="9"/>
       <c r="D12" s="9"/>
       <c r="E12" s="9"/>
       <c r="F12" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
@@ -1245,131 +1245,131 @@
       </c>
       <c r="D6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="G6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="6">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="J7" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="6">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="J8" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="6">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="J9" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="6">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="J10" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="6">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="J11" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="9"/>
       <c r="C12" s="9"/>
       <c r="D12" s="9"/>
       <c r="E12" s="9"/>
@@ -1423,119 +1423,119 @@
       <c r="A6" s="4"/>
       <c r="B6" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="6">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H7" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="6">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="6">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="6">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="6">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="9"/>
       <c r="C12" s="9"/>
       <c r="D12" s="9"/>
       <c r="E12" s="9"/>
       <c r="F12" s="9"/>
       <c r="G12" s="9"/>
       <c r="H12" s="9"/>