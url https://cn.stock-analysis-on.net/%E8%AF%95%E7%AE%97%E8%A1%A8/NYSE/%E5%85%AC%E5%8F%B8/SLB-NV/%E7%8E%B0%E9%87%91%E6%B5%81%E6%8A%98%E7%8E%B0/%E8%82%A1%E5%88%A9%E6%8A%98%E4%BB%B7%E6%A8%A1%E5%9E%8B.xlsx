--- v0 (2025-10-23)
+++ v1 (2026-02-09)
@@ -38,51 +38,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>付费用户区域。数据不可用！</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>每股股息 （DPS） 预测</t>
   </si>
   <si>
     <t>年</t>
   </si>
   <si>
     <t>价值</t>
   </si>
   <si>
     <t>DPS(t) 或 TV(t)</t>
   </si>
   <si>
-    <t>现值 20.36%</t>
+    <t>现值 14.02%</t>
   </si>
   <si>
     <t>DPS(0)</t>
   </si>
   <si>
     <t>DPS(1)</t>
   </si>
   <si>
     <t>DPS(2)</t>
   </si>
   <si>
     <t>DPS(3)</t>
   </si>
   <si>
     <t>DPS(4)</t>
   </si>
   <si>
     <t>DPS(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>SLB N.V.普通股的内在价值（每股）</t>
   </si>
@@ -113,51 +113,51 @@
   <si>
     <t>普通股 SLB N.V. 系统性风险</t>
   </si>
   <si>
     <t>β(SLB)</t>
   </si>
   <si>
     <t>SLB NV 普通股所需的回报率</t>
   </si>
   <si>
     <t>r(SLB)</t>
   </si>
   <si>
     <t>PRAT模型隐含的股息增长率（g）</t>
   </si>
   <si>
     <t>平均</t>
   </si>
   <si>
     <t>部分财务数据 (以百万计)</t>
   </si>
   <si>
     <t>宣派股利</t>
   </si>
   <si>
-    <t>归属于SLB的净收益（亏损）</t>
+    <t>归因于SLB的净收入</t>
   </si>
   <si>
     <t>收入</t>
   </si>
   <si>
     <t>总资产</t>
   </si>
   <si>
     <t>SLB股东权益合计</t>
   </si>
   <si>
     <t>财务比率</t>
   </si>
   <si>
     <t>留存率</t>
   </si>
   <si>
     <t>利润率</t>
   </si>
   <si>
     <t>资产周转率</t>
   </si>
   <si>
     <t>财务杠杆率</t>
   </si>
@@ -954,63 +954,63 @@
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="15"/>
       <c r="B6" s="4" t="s">
         <v>28</v>
       </c>
       <c r="C6" s="16">
+        <v>46022</v>
+      </c>
+      <c r="D6" s="16">
         <v>45657</v>
       </c>
-      <c r="D6" s="16">
+      <c r="E6" s="16">
         <v>45291</v>
       </c>
-      <c r="E6" s="16">
+      <c r="F6" s="16">
         <v>44926</v>
       </c>
-      <c r="F6" s="16">
+      <c r="G6" s="16">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="34.8">
       <c r="A7" s="11" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="G8" s="17" t="e">
         <v>#N/A</v>