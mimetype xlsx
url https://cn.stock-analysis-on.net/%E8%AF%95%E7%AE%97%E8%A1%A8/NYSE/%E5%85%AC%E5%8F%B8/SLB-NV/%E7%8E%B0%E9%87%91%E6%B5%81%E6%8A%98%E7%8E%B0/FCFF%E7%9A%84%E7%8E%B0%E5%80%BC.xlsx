--- v0 (2025-10-23)
+++ v1 (2026-02-08)
@@ -41,51 +41,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>付费用户区域。数据不可用！</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>公司自由现金流 （FCFF） 预测</t>
   </si>
   <si>
     <t>单位：百万美元，每股数据除外</t>
   </si>
   <si>
     <t>年</t>
   </si>
   <si>
     <t>价值</t>
   </si>
   <si>
     <t>FCFF(t) 或 TV(t)</t>
   </si>
   <si>
-    <t>现值 17.13%</t>
+    <t>现值 12.53%</t>
   </si>
   <si>
     <t>FCFF(0)</t>
   </si>
   <si>
     <t>FCFF(1)</t>
   </si>
   <si>
     <t>FCFF(2)</t>
   </si>
   <si>
     <t>FCFF(3)</t>
   </si>
   <si>
     <t>FCFF(4)</t>
   </si>
   <si>
     <t>FCFF(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>SLB N.V.资本的内在价值</t>
   </si>
@@ -110,51 +110,51 @@
   <si>
     <t>重量</t>
   </si>
   <si>
     <t>所需回报率</t>
   </si>
   <si>
     <t>权益（公允价值）</t>
   </si>
   <si>
     <t>债务（公允价值）</t>
   </si>
   <si>
     <t>PRAT模型隐含的FCFF增长率（g）</t>
   </si>
   <si>
     <t>平均</t>
   </si>
   <si>
     <t>部分财务数据 (以百万计)</t>
   </si>
   <si>
     <t>利息支出</t>
   </si>
   <si>
-    <t>归属于SLB的净收益（亏损）</t>
+    <t>归因于SLB的净收入</t>
   </si>
   <si>
     <t>有效所得税税率 （EITR）</t>
   </si>
   <si>
     <t>税后利息支出</t>
   </si>
   <si>
     <t>更多： 宣派股利</t>
   </si>
   <si>
     <t>利息支出（税后）和股利</t>
   </si>
   <si>
     <t>EBIT(1 – EITR)</t>
   </si>
   <si>
     <t>短期借款和长期债务的流动部分</t>
   </si>
   <si>
     <t>长期债务，不包括流动部分</t>
   </si>
   <si>
     <t>SLB股东权益合计</t>
   </si>
@@ -999,63 +999,63 @@
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="12"/>
       <c r="B6" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C6" s="15">
+        <v>46022</v>
+      </c>
+      <c r="D6" s="15">
         <v>45657</v>
       </c>
-      <c r="D6" s="15">
+      <c r="E6" s="15">
         <v>45291</v>
       </c>
-      <c r="E6" s="15">
+      <c r="F6" s="15">
         <v>44926</v>
       </c>
-      <c r="F6" s="15">
+      <c r="G6" s="15">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="34.8">
       <c r="A7" s="16" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="17" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="G8" s="6" t="e">
         <v>#N/A</v>