--- v0 (2025-10-23)
+++ v1 (2026-02-08)
@@ -33,51 +33,51 @@
     <sheet name="EV 与 EBITDA 比率，历史" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>付费用户区域。数据不可用！</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>EBITDA, 计算</t>
   </si>
   <si>
     <t>以百万计</t>
   </si>
   <si>
     <t>截至12个月</t>
   </si>
   <si>
-    <t>归属于SLB的净收益（亏损）</t>
+    <t>归因于SLB的净收入</t>
   </si>
   <si>
     <t>更多： 归属于非控制性权益的净利润</t>
   </si>
   <si>
     <t>更多： 所得税费用</t>
   </si>
   <si>
     <t>税前利润 （EBT）</t>
   </si>
   <si>
     <t>更多： 利息支出</t>
   </si>
   <si>
     <t>息税前利润 （EBIT）</t>
   </si>
   <si>
     <t>更多： 折旧和摊销，包括固定资产折旧和无形资产摊销、勘探数据成本和APS投资</t>
   </si>
   <si>
     <t>息税折旧摊销前利润 （EBITDA）</t>
   </si>
   <si>
     <t>源： https://cn.stock-analysis-on.net</t>
   </si>
@@ -615,63 +615,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>6</v>
@@ -937,63 +937,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>