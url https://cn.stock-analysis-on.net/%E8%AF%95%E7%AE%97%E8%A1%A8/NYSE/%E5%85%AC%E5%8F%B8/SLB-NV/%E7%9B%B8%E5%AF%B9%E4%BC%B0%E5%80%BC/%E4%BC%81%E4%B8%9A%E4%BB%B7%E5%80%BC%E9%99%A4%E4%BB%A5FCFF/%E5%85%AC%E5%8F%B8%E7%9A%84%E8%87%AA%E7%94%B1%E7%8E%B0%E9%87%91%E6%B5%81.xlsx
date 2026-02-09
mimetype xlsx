--- v0 (2025-10-23)
+++ v1 (2026-02-09)
@@ -29,51 +29,51 @@
     <sheet name="FCFF" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>付费用户区域。数据不可用！</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>FCFF, 计算</t>
   </si>
   <si>
     <t>以百万计</t>
   </si>
   <si>
     <t>截至12个月</t>
   </si>
   <si>
-    <t>归属于SLB的净收益（亏损）</t>
+    <t>归因于SLB的净收入</t>
   </si>
   <si>
     <t>归属于非控制性权益的净利润</t>
   </si>
   <si>
     <t>非现金费用净额</t>
   </si>
   <si>
     <t>资产和负债变动，扣除业务收购和资产剥离的影响</t>
   </si>
   <si>
     <t>经营活动产生的现金净额</t>
   </si>
   <si>
     <t>支付利息的现金，扣除税款</t>
   </si>
   <si>
     <t>资本支出</t>
   </si>
   <si>
     <t>APS 投资</t>
   </si>
   <si>
     <t>勘探数据资本化</t>
   </si>
@@ -545,63 +545,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>6</v>