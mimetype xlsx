--- v0 (2025-10-23)
+++ v1 (2026-02-08)
@@ -56,108 +56,108 @@
   <si>
     <t>收入</t>
   </si>
   <si>
     <t>服务费用</t>
   </si>
   <si>
     <t>销售成本</t>
   </si>
   <si>
     <t>收入成本</t>
   </si>
   <si>
     <t>毛利率</t>
   </si>
   <si>
     <t>研究与工程</t>
   </si>
   <si>
     <t>一般与行政</t>
   </si>
   <si>
     <t>重组和其他</t>
   </si>
   <si>
+    <t>损伤</t>
+  </si>
+  <si>
     <t>合并与整合</t>
   </si>
   <si>
-    <t>损伤 &amp; 其他</t>
-[...2 lines deleted...]
-    <t>营业收入（亏损）</t>
+    <t>营业收入</t>
   </si>
   <si>
     <t>权益法投资收益</t>
   </si>
   <si>
+    <t>Palliser APS项目出售收益</t>
+  </si>
+  <si>
     <t>利息收入</t>
   </si>
   <si>
     <t>出售投资收益</t>
   </si>
   <si>
     <t>出售 Liberty 股票的收益</t>
   </si>
   <si>
     <t>蓝筹股掉期交易的损失</t>
   </si>
   <si>
     <t>ADC股权投资收益</t>
   </si>
   <si>
     <t>出售房地产的收益</t>
   </si>
   <si>
     <t>回购债券收益</t>
   </si>
   <si>
     <t>有价证券的未实现收益</t>
   </si>
   <si>
-    <t>企业销售收益</t>
-[...1 lines deleted...]
-  <si>
     <t>利息和其他收入，净额</t>
   </si>
   <si>
     <t>利息支出</t>
   </si>
   <si>
-    <t>税前利润（亏损）</t>
-[...5 lines deleted...]
-    <t>净利润（亏损）</t>
+    <t>税前利润</t>
+  </si>
+  <si>
+    <t>税费费用</t>
+  </si>
+  <si>
+    <t>净收入</t>
   </si>
   <si>
     <t>归属于非控制性权益的净利润</t>
   </si>
   <si>
-    <t>归属于SLB的净收益（亏损）</t>
+    <t>归因于SLB的净收入</t>
   </si>
   <si>
     <t>源： https://cn.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-804]yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -603,63 +603,63 @@
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>