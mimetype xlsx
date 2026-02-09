--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1353,108 +1353,108 @@
     </row>
     <row r="17" spans="1:24" customHeight="1" ht="34.8">
       <c r="A17" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:24" customHeight="1" ht="28.8">
       <c r="A18" s="14" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:24">
       <c r="A19" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="16">
         <v>0.0</v>
       </c>
       <c r="C19" s="16">
         <v>0.0</v>
       </c>
       <c r="D19" s="16">
         <v>0.0</v>
       </c>
       <c r="E19" s="16">
-        <v>0.0</v>
+        <v>0.29</v>
       </c>
       <c r="F19" s="16">
         <v>0.29</v>
       </c>
       <c r="G19" s="16">
         <v>0.31</v>
       </c>
       <c r="H19" s="16">
         <v>0.33</v>
       </c>
       <c r="I19" s="16">
         <v>0.34</v>
       </c>
       <c r="J19" s="16">
         <v>0.37</v>
       </c>
       <c r="K19" s="16">
         <v>0.39</v>
       </c>
       <c r="L19" s="16">
         <v>0.42</v>
       </c>
       <c r="M19" s="16">
         <v>0.43</v>
       </c>
       <c r="N19" s="16">
         <v>0.46</v>
       </c>
       <c r="O19" s="16">
         <v>0.48</v>
       </c>
       <c r="P19" s="16">
         <v>0.5</v>
       </c>
       <c r="Q19" s="16">
         <v>0.51</v>
       </c>
       <c r="R19" s="16">
         <v>0.51</v>
       </c>
       <c r="S19" s="16">
         <v>0.52</v>
       </c>
       <c r="T19" s="16">
         <v>0.49</v>
       </c>
       <c r="U19" s="16">
-        <v>0.49</v>
+        <v>0.0</v>
       </c>
       <c r="V19" s="16">
-        <v>0.52</v>
+        <v>0.0</v>
       </c>
       <c r="W19" s="16">
-        <v>0.52</v>
+        <v>0.0</v>
       </c>
       <c r="X19" s="16">
-        <v>0.49</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:24">
       <c r="A20" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="16">
         <v>0.84</v>
       </c>
       <c r="C20" s="16">
         <v>0.85</v>
       </c>
       <c r="D20" s="16">
         <v>0.89</v>
       </c>
       <c r="E20" s="16">
         <v>0.9</v>
       </c>
       <c r="F20" s="16">
         <v>0.92</v>
       </c>
       <c r="G20" s="16">
         <v>0.94</v>
       </c>
       <c r="H20" s="16">