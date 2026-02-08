--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1039,108 +1039,108 @@
     </row>
     <row r="14" spans="1:24" customHeight="1" ht="34.8">
       <c r="A14" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:24" customHeight="1" ht="28.8">
       <c r="A15" s="12" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="A16" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="14">
         <v>0.0</v>
       </c>
       <c r="C16" s="14">
         <v>0.0</v>
       </c>
       <c r="D16" s="14">
         <v>0.0</v>
       </c>
       <c r="E16" s="14">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="F16" s="14">
         <v>0.09</v>
       </c>
       <c r="G16" s="14">
         <v>0.1</v>
       </c>
       <c r="H16" s="14">
         <v>0.11</v>
       </c>
       <c r="I16" s="14">
         <v>0.11</v>
       </c>
       <c r="J16" s="14">
         <v>0.12</v>
       </c>
       <c r="K16" s="14">
         <v>0.13</v>
       </c>
       <c r="L16" s="14">
         <v>0.15</v>
       </c>
       <c r="M16" s="14">
         <v>0.15</v>
       </c>
       <c r="N16" s="14">
         <v>0.16</v>
       </c>
       <c r="O16" s="14">
         <v>0.17</v>
       </c>
       <c r="P16" s="14">
         <v>0.18</v>
       </c>
       <c r="Q16" s="14">
         <v>0.19</v>
       </c>
       <c r="R16" s="14">
         <v>0.19</v>
       </c>
       <c r="S16" s="14">
         <v>0.19</v>
       </c>
       <c r="T16" s="14">
         <v>0.17</v>
       </c>
       <c r="U16" s="14">
-        <v>0.18</v>
+        <v>0.0</v>
       </c>
       <c r="V16" s="14">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
       <c r="W16" s="14">
-        <v>0.21</v>
+        <v>0.0</v>
       </c>
       <c r="X16" s="14">
-        <v>0.19</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:24">
       <c r="A17" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="14">
         <v>0.53</v>
       </c>
       <c r="C17" s="14">
         <v>0.52</v>
       </c>
       <c r="D17" s="14">
         <v>0.53</v>
       </c>
       <c r="E17" s="14">
         <v>0.56</v>
       </c>
       <c r="F17" s="14">
         <v>0.56</v>
       </c>
       <c r="G17" s="14">
         <v>0.58</v>
       </c>
       <c r="H17" s="14">