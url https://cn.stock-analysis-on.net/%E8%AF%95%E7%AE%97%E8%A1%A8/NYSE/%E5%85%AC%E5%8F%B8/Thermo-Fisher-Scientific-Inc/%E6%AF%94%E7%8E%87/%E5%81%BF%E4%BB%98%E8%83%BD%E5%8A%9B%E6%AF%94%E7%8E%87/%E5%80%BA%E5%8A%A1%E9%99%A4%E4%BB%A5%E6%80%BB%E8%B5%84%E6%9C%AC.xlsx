--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -942,51 +942,51 @@
       </c>
       <c r="E23" s="14">
         <v>0.33</v>
       </c>
       <c r="F23" s="14">
         <v>0.39</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="14">
         <v>0.08</v>
       </c>
       <c r="C24" s="14">
         <v>0.09</v>
       </c>
       <c r="D24" s="14">
         <v>0.11</v>
       </c>
       <c r="E24" s="14">
         <v>0.13</v>
       </c>
       <c r="F24" s="14">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B25" s="14">
         <v>0.01</v>
       </c>
       <c r="C25" s="14">
         <v>0.02</v>
       </c>
       <c r="D25" s="14">
         <v>0.03</v>
       </c>
       <c r="E25" s="14">
         <v>0.05</v>
       </c>
       <c r="F25" s="14">
         <v>0.06</v>
       </c>
     </row>
     <row r="26" spans="1:6" customHeight="1" ht="28.8">
       <c r="A26" s="12" t="s">
         <v>22</v>