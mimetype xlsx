--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -876,51 +876,51 @@
       </c>
       <c r="E21" s="14">
         <v>2.83</v>
       </c>
       <c r="F21" s="14">
         <v>1.5</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="14">
         <v>6.47</v>
       </c>
       <c r="C22" s="14">
         <v>5.82</v>
       </c>
       <c r="D22" s="14">
         <v>6.64</v>
       </c>
       <c r="E22" s="14">
         <v>6.81</v>
       </c>
       <c r="F22" s="14">
-        <v>5.79</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B23" s="14">
         <v>2.85</v>
       </c>
       <c r="C23" s="14">
         <v>2.25</v>
       </c>
       <c r="D23" s="14">
         <v>1.38</v>
       </c>
       <c r="E23" s="14">
         <v>-0.01</v>
       </c>
       <c r="F23" s="14">
         <v>-3.58</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>19</v>