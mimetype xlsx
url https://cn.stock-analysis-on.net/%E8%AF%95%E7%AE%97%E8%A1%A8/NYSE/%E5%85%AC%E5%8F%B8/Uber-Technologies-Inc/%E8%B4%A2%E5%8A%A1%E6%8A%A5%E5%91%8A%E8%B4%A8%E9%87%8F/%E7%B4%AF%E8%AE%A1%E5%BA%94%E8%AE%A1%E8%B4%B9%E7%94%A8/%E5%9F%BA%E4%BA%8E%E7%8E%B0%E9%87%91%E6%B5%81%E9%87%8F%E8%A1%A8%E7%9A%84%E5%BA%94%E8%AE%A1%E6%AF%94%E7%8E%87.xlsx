--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -738,51 +738,51 @@
       </c>
       <c r="D14" s="14">
         <v>0.0212</v>
       </c>
       <c r="E14" s="14">
         <v>0.0301</v>
       </c>
       <c r="F14" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="14">
         <v>0.0155</v>
       </c>
       <c r="C15" s="14">
         <v>0.0367</v>
       </c>
       <c r="D15" s="14">
         <v>0.0253</v>
       </c>
       <c r="E15" s="14">
-        <v>0.0047</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="14">
         <v>-0.1364</v>
       </c>
       <c r="C16" s="14">
         <v>0.0735</v>
       </c>
       <c r="D16" s="14">
         <v>0.38</v>
       </c>
       <c r="E16" s="14">
         <v>-0.1059</v>
       </c>
       <c r="F16" s="14">
         <v>0.0</v>
       </c>
     </row>