--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -781,51 +781,51 @@
       </c>
       <c r="E16" s="14">
         <v>0.4</v>
       </c>
       <c r="F16" s="14">
         <v>0.39</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="14">
         <v>0.65</v>
       </c>
       <c r="C17" s="14">
         <v>0.69</v>
       </c>
       <c r="D17" s="14">
         <v>0.73</v>
       </c>
       <c r="E17" s="14">
         <v>0.68</v>
       </c>
       <c r="F17" s="14">
-        <v>0.61</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="14">
         <v>0.69</v>
       </c>
       <c r="C18" s="14">
         <v>0.77</v>
       </c>
       <c r="D18" s="14">
         <v>0.82</v>
       </c>
       <c r="E18" s="14">
         <v>0.88</v>
       </c>
       <c r="F18" s="14">
         <v>0.83</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="12" t="s">
         <v>15</v>