--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1890,60 +1890,60 @@
       <c r="I18" s="8">
         <v>2.2</v>
       </c>
       <c r="J18" s="8">
         <v>2.35</v>
       </c>
       <c r="K18" s="8">
         <v>2.52</v>
       </c>
       <c r="L18" s="8">
         <v>2.71</v>
       </c>
       <c r="M18" s="8">
         <v>2.74</v>
       </c>
       <c r="N18" s="8">
         <v>2.85</v>
       </c>
       <c r="O18" s="8">
         <v>2.52</v>
       </c>
       <c r="P18" s="8">
         <v>2.71</v>
       </c>
       <c r="Q18" s="8">
-        <v>2.1</v>
+        <v>0.0</v>
       </c>
       <c r="R18" s="8">
-        <v>2.11</v>
+        <v>0.0</v>
       </c>
       <c r="S18" s="8">
-        <v>2.0099999999999998</v>
+        <v>0.0</v>
       </c>
       <c r="T18" s="8">
-        <v>1.64</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="8">
         <v>1.78</v>
       </c>
       <c r="C19" s="8">
         <v>2.02</v>
       </c>
       <c r="D19" s="8">
         <v>2.19</v>
       </c>
       <c r="E19" s="8">
         <v>2.26</v>
       </c>
       <c r="F19" s="8">
         <v>2.49</v>
       </c>
       <c r="G19" s="8">
         <v>2.78</v>
       </c>
       <c r="H19" s="8">
@@ -2776,60 +2776,60 @@
       <c r="I21" s="8">
         <v>2.29</v>
       </c>
       <c r="J21" s="8">
         <v>2.44</v>
       </c>
       <c r="K21" s="8">
         <v>2.62</v>
       </c>
       <c r="L21" s="8">
         <v>2.81</v>
       </c>
       <c r="M21" s="8">
         <v>2.85</v>
       </c>
       <c r="N21" s="8">
         <v>2.96</v>
       </c>
       <c r="O21" s="8">
         <v>2.62</v>
       </c>
       <c r="P21" s="8">
         <v>2.82</v>
       </c>
       <c r="Q21" s="8">
-        <v>2.2</v>
+        <v>0.0</v>
       </c>
       <c r="R21" s="8">
-        <v>2.2</v>
+        <v>0.0</v>
       </c>
       <c r="S21" s="8">
-        <v>2.1</v>
+        <v>0.0</v>
       </c>
       <c r="T21" s="8">
-        <v>1.71</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B22" s="8">
         <v>2.19</v>
       </c>
       <c r="C22" s="8">
         <v>2.45</v>
       </c>
       <c r="D22" s="8">
         <v>2.61</v>
       </c>
       <c r="E22" s="8">
         <v>2.65</v>
       </c>
       <c r="F22" s="8">
         <v>2.92</v>
       </c>
       <c r="G22" s="8">
         <v>3.25</v>
       </c>
       <c r="H22" s="8">
@@ -3538,60 +3538,60 @@
       <c r="I18" s="8">
         <v>0.69</v>
       </c>
       <c r="J18" s="8">
         <v>0.7</v>
       </c>
       <c r="K18" s="8">
         <v>0.72</v>
       </c>
       <c r="L18" s="8">
         <v>0.73</v>
       </c>
       <c r="M18" s="8">
         <v>0.73</v>
       </c>
       <c r="N18" s="8">
         <v>0.74</v>
       </c>
       <c r="O18" s="8">
         <v>0.72</v>
       </c>
       <c r="P18" s="8">
         <v>0.73</v>
       </c>
       <c r="Q18" s="8">
-        <v>0.68</v>
+        <v>0.0</v>
       </c>
       <c r="R18" s="8">
-        <v>0.68</v>
+        <v>0.0</v>
       </c>
       <c r="S18" s="8">
-        <v>0.67</v>
+        <v>0.0</v>
       </c>
       <c r="T18" s="8">
-        <v>0.62</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="8">
         <v>0.64</v>
       </c>
       <c r="C19" s="8">
         <v>0.67</v>
       </c>
       <c r="D19" s="8">
         <v>0.69</v>
       </c>
       <c r="E19" s="8">
         <v>0.69</v>
       </c>
       <c r="F19" s="8">
         <v>0.71</v>
       </c>
       <c r="G19" s="8">
         <v>0.74</v>
       </c>
       <c r="H19" s="8">
@@ -4486,60 +4486,60 @@
       <c r="I21" s="8">
         <v>0.7</v>
       </c>
       <c r="J21" s="8">
         <v>0.71</v>
       </c>
       <c r="K21" s="8">
         <v>0.72</v>
       </c>
       <c r="L21" s="8">
         <v>0.74</v>
       </c>
       <c r="M21" s="8">
         <v>0.74</v>
       </c>
       <c r="N21" s="8">
         <v>0.75</v>
       </c>
       <c r="O21" s="8">
         <v>0.72</v>
       </c>
       <c r="P21" s="8">
         <v>0.74</v>
       </c>
       <c r="Q21" s="8">
-        <v>0.69</v>
+        <v>0.0</v>
       </c>
       <c r="R21" s="8">
-        <v>0.69</v>
+        <v>0.0</v>
       </c>
       <c r="S21" s="8">
-        <v>0.68</v>
+        <v>0.0</v>
       </c>
       <c r="T21" s="8">
-        <v>0.63</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B22" s="8">
         <v>0.69</v>
       </c>
       <c r="C22" s="8">
         <v>0.71</v>
       </c>
       <c r="D22" s="8">
         <v>0.72</v>
       </c>
       <c r="E22" s="8">
         <v>0.73</v>
       </c>
       <c r="F22" s="8">
         <v>0.74</v>
       </c>
       <c r="G22" s="8">
         <v>0.76</v>
       </c>
       <c r="H22" s="8">
@@ -5186,60 +5186,60 @@
       <c r="I18" s="8">
         <v>0.49</v>
       </c>
       <c r="J18" s="8">
         <v>0.49</v>
       </c>
       <c r="K18" s="8">
         <v>0.5</v>
       </c>
       <c r="L18" s="8">
         <v>0.51</v>
       </c>
       <c r="M18" s="8">
         <v>0.51</v>
       </c>
       <c r="N18" s="8">
         <v>0.51</v>
       </c>
       <c r="O18" s="8">
         <v>0.5</v>
       </c>
       <c r="P18" s="8">
         <v>0.5</v>
       </c>
       <c r="Q18" s="8">
-        <v>0.47</v>
+        <v>0.0</v>
       </c>
       <c r="R18" s="8">
-        <v>0.47</v>
+        <v>0.0</v>
       </c>
       <c r="S18" s="8">
-        <v>0.46</v>
+        <v>0.0</v>
       </c>
       <c r="T18" s="8">
-        <v>0.43</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="8">
         <v>0.33</v>
       </c>
       <c r="C19" s="8">
         <v>0.35</v>
       </c>
       <c r="D19" s="8">
         <v>0.36</v>
       </c>
       <c r="E19" s="8">
         <v>0.39</v>
       </c>
       <c r="F19" s="8">
         <v>0.39</v>
       </c>
       <c r="G19" s="8">
         <v>0.4</v>
       </c>
       <c r="H19" s="8">
@@ -6072,60 +6072,60 @@
       <c r="I21" s="8">
         <v>0.5</v>
       </c>
       <c r="J21" s="8">
         <v>0.51</v>
       </c>
       <c r="K21" s="8">
         <v>0.52</v>
       </c>
       <c r="L21" s="8">
         <v>0.53</v>
       </c>
       <c r="M21" s="8">
         <v>0.53</v>
       </c>
       <c r="N21" s="8">
         <v>0.53</v>
       </c>
       <c r="O21" s="8">
         <v>0.52</v>
       </c>
       <c r="P21" s="8">
         <v>0.52</v>
       </c>
       <c r="Q21" s="8">
-        <v>0.49</v>
+        <v>0.0</v>
       </c>
       <c r="R21" s="8">
-        <v>0.49</v>
+        <v>0.0</v>
       </c>
       <c r="S21" s="8">
-        <v>0.48</v>
+        <v>0.0</v>
       </c>
       <c r="T21" s="8">
-        <v>0.45</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B22" s="8">
         <v>0.41</v>
       </c>
       <c r="C22" s="8">
         <v>0.42</v>
       </c>
       <c r="D22" s="8">
         <v>0.43</v>
       </c>
       <c r="E22" s="8">
         <v>0.45</v>
       </c>
       <c r="F22" s="8">
         <v>0.46</v>
       </c>
       <c r="G22" s="8">
         <v>0.47</v>
       </c>
       <c r="H22" s="8">
@@ -6648,60 +6648,60 @@
       <c r="I15" s="8">
         <v>4.54</v>
       </c>
       <c r="J15" s="8">
         <v>4.75</v>
       </c>
       <c r="K15" s="8">
         <v>5.0</v>
       </c>
       <c r="L15" s="8">
         <v>5.3</v>
       </c>
       <c r="M15" s="8">
         <v>5.38</v>
       </c>
       <c r="N15" s="8">
         <v>5.56</v>
       </c>
       <c r="O15" s="8">
         <v>5.07</v>
       </c>
       <c r="P15" s="8">
         <v>5.38</v>
       </c>
       <c r="Q15" s="8">
-        <v>4.49</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="8">
-        <v>4.48</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="8">
-        <v>4.34</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="8">
-        <v>3.8</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B16" s="8">
         <v>5.33</v>
       </c>
       <c r="C16" s="8">
         <v>5.77</v>
       </c>
       <c r="D16" s="8">
         <v>6.03</v>
       </c>
       <c r="E16" s="8">
         <v>5.84</v>
       </c>
       <c r="F16" s="8">
         <v>6.35</v>
       </c>
       <c r="G16" s="8">
         <v>6.96</v>
       </c>
       <c r="H16" s="8">
@@ -7286,60 +7286,60 @@
       <c r="I16" s="8">
         <v>7.14</v>
       </c>
       <c r="J16" s="8">
         <v>7.13</v>
       </c>
       <c r="K16" s="8">
         <v>7.59</v>
       </c>
       <c r="L16" s="8">
         <v>8.0</v>
       </c>
       <c r="M16" s="8">
         <v>8.14</v>
       </c>
       <c r="N16" s="8">
         <v>8.4</v>
       </c>
       <c r="O16" s="8">
         <v>8.34</v>
       </c>
       <c r="P16" s="8">
         <v>8.53</v>
       </c>
       <c r="Q16" s="8">
-        <v>8.33</v>
+        <v>0.0</v>
       </c>
       <c r="R16" s="8">
-        <v>8.050000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="S16" s="8">
-        <v>7.66</v>
+        <v>0.0</v>
       </c>
       <c r="T16" s="8">
-        <v>6.91</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B17" s="8">
         <v>4.54</v>
       </c>
       <c r="C17" s="8">
         <v>4.43</v>
       </c>
       <c r="D17" s="8">
         <v>4.65</v>
       </c>
       <c r="E17" s="8">
         <v>3.97</v>
       </c>
       <c r="F17" s="8">
         <v>3.4</v>
       </c>
       <c r="G17" s="8">
         <v>3.34</v>
       </c>
       <c r="H17" s="8">