--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1396,60 +1396,60 @@
       <c r="I21" s="16">
         <v>0.7</v>
       </c>
       <c r="J21" s="16">
         <v>0.71</v>
       </c>
       <c r="K21" s="16">
         <v>0.72</v>
       </c>
       <c r="L21" s="16">
         <v>0.74</v>
       </c>
       <c r="M21" s="16">
         <v>0.74</v>
       </c>
       <c r="N21" s="16">
         <v>0.75</v>
       </c>
       <c r="O21" s="16">
         <v>0.72</v>
       </c>
       <c r="P21" s="16">
         <v>0.74</v>
       </c>
       <c r="Q21" s="16">
-        <v>0.69</v>
+        <v>0.0</v>
       </c>
       <c r="R21" s="16">
-        <v>0.69</v>
+        <v>0.0</v>
       </c>
       <c r="S21" s="16">
-        <v>0.68</v>
+        <v>0.0</v>
       </c>
       <c r="T21" s="16">
-        <v>0.63</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="16">
         <v>0.69</v>
       </c>
       <c r="C22" s="16">
         <v>0.71</v>
       </c>
       <c r="D22" s="16">
         <v>0.72</v>
       </c>
       <c r="E22" s="16">
         <v>0.73</v>
       </c>
       <c r="F22" s="16">
         <v>0.74</v>
       </c>
       <c r="G22" s="16">
         <v>0.76</v>
       </c>
       <c r="H22" s="16">