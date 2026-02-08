--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -778,51 +778,51 @@
       </c>
       <c r="E17" s="13">
         <v>0.82</v>
       </c>
       <c r="F17" s="13">
         <v>1.19</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="13">
         <v>0.55</v>
       </c>
       <c r="C18" s="13">
         <v>0.61</v>
       </c>
       <c r="D18" s="13">
         <v>0.52</v>
       </c>
       <c r="E18" s="13">
         <v>0.47</v>
       </c>
       <c r="F18" s="13">
-        <v>0.79</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B19" s="13">
         <v>0.71</v>
       </c>
       <c r="C19" s="13">
         <v>0.73</v>
       </c>
       <c r="D19" s="13">
         <v>0.91</v>
       </c>
       <c r="E19" s="13">
         <v>1.1</v>
       </c>
       <c r="F19" s="13">
         <v>1.02</v>
       </c>
     </row>
     <row r="20" spans="1:6" customHeight="1" ht="28.8">
       <c r="A20" s="11" t="s">
         <v>15</v>