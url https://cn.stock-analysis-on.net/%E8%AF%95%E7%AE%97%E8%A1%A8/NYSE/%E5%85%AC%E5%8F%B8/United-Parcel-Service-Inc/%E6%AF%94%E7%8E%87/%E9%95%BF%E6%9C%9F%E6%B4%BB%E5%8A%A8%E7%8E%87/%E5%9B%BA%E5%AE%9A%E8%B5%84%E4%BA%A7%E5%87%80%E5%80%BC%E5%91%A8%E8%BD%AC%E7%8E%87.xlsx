--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -706,51 +706,51 @@
       </c>
       <c r="E13" s="12">
         <v>9.42</v>
       </c>
       <c r="F13" s="12">
         <v>6.14</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="12">
         <v>0.42</v>
       </c>
       <c r="C14" s="12">
         <v>0.42</v>
       </c>
       <c r="D14" s="12">
         <v>0.44</v>
       </c>
       <c r="E14" s="12">
         <v>0.4</v>
       </c>
       <c r="F14" s="12">
-        <v>0.36</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="12">
         <v>1.33</v>
       </c>
       <c r="C15" s="12">
         <v>1.35</v>
       </c>
       <c r="D15" s="12">
         <v>1.31</v>
       </c>
       <c r="E15" s="12">
         <v>0.77</v>
       </c>
       <c r="F15" s="12">
         <v>0.49</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="28.8">
       <c r="A16" s="10" t="s">
         <v>12</v>