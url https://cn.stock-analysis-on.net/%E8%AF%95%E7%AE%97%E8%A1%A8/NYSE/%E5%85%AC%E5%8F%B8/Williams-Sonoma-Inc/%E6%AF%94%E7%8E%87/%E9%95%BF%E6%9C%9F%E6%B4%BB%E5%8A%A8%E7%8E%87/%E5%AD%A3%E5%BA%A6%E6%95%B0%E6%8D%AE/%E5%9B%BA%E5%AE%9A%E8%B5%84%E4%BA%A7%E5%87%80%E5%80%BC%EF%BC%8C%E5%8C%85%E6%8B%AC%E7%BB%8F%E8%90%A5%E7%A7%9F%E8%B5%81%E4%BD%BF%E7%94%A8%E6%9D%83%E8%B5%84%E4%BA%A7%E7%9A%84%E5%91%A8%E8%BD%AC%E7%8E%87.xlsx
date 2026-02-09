--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1036,60 +1036,60 @@
       <c r="G16" s="14">
         <v>2.08</v>
       </c>
       <c r="H16" s="14">
         <v>2.07</v>
       </c>
       <c r="I16" s="14">
         <v>2.04</v>
       </c>
       <c r="J16" s="14">
         <v>2.03</v>
       </c>
       <c r="K16" s="14">
         <v>2.03</v>
       </c>
       <c r="L16" s="14">
         <v>2.1</v>
       </c>
       <c r="M16" s="14">
         <v>2.09</v>
       </c>
       <c r="N16" s="14">
         <v>2.13</v>
       </c>
       <c r="O16" s="14">
-        <v>2.17</v>
+        <v>0.0</v>
       </c>
       <c r="P16" s="14">
-        <v>2.3</v>
+        <v>0.0</v>
       </c>
       <c r="Q16" s="14">
-        <v>2.51</v>
+        <v>0.0</v>
       </c>
       <c r="R16" s="14">
-        <v>2.61</v>
+        <v>0.0</v>
       </c>
       <c r="S16" s="14">
         <v>0.0</v>
       </c>
       <c r="T16" s="14">
         <v>0.0</v>
       </c>
       <c r="U16" s="14">
         <v>0.0</v>
       </c>
       <c r="V16" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:22">
       <c r="A17" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="14">
         <v>4.48</v>
       </c>
       <c r="C17" s="14">
         <v>4.49</v>
       </c>
       <c r="D17" s="14">