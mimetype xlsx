--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -891,60 +891,60 @@
       <c r="G13" s="13">
         <v>2.85</v>
       </c>
       <c r="H13" s="13">
         <v>3.03</v>
       </c>
       <c r="I13" s="13">
         <v>3.19</v>
       </c>
       <c r="J13" s="13">
         <v>3.4</v>
       </c>
       <c r="K13" s="13">
         <v>3.52</v>
       </c>
       <c r="L13" s="13">
         <v>3.65</v>
       </c>
       <c r="M13" s="13">
         <v>3.7</v>
       </c>
       <c r="N13" s="13">
         <v>3.57</v>
       </c>
       <c r="O13" s="13">
-        <v>3.4</v>
+        <v>0.0</v>
       </c>
       <c r="P13" s="13">
-        <v>3.8</v>
+        <v>0.0</v>
       </c>
       <c r="Q13" s="13">
-        <v>3.86</v>
+        <v>0.0</v>
       </c>
       <c r="R13" s="13">
-        <v>4.06</v>
+        <v>0.0</v>
       </c>
       <c r="S13" s="13">
         <v>0.0</v>
       </c>
       <c r="T13" s="13">
         <v>0.0</v>
       </c>
       <c r="U13" s="13">
         <v>0.0</v>
       </c>
       <c r="V13" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:22">
       <c r="A14" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="13">
         <v>83.42</v>
       </c>
       <c r="C14" s="13">
         <v>146.22999999999999</v>
       </c>
       <c r="D14" s="13">