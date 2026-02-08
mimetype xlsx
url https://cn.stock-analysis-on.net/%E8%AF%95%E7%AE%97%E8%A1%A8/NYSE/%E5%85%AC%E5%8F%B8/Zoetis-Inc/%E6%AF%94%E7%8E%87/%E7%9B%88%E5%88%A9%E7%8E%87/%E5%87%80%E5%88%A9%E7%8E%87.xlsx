--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -867,51 +867,51 @@
       </c>
       <c r="D20" s="12">
         <v>0.2676</v>
       </c>
       <c r="E20" s="12">
         <v>0.2253</v>
       </c>
       <c r="F20" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="12">
         <v>0.3014</v>
       </c>
       <c r="C21" s="12">
         <v>0.3564</v>
       </c>
       <c r="D21" s="12">
         <v>0.5025</v>
       </c>
       <c r="E21" s="12">
-        <v>0.4135</v>
+        <v>0.0</v>
       </c>
       <c r="F21" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="12">
         <v>0.1399</v>
       </c>
       <c r="C22" s="12">
         <v>0.1547</v>
       </c>
       <c r="D22" s="12">
         <v>0.197</v>
       </c>
       <c r="E22" s="12">
         <v>0.1979</v>
       </c>
       <c r="F22" s="12">
         <v>0.0</v>
       </c>
     </row>