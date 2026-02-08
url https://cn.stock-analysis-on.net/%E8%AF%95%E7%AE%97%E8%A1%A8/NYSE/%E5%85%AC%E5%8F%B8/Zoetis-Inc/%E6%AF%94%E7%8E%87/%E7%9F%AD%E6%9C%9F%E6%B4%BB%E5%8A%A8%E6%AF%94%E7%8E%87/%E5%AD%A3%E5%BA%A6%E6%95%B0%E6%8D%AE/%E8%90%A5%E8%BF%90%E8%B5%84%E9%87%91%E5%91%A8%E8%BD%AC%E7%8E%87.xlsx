--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1480,60 +1480,60 @@
       <c r="C25" s="14">
         <v>0.82</v>
       </c>
       <c r="D25" s="14">
         <v>0.87</v>
       </c>
       <c r="E25" s="14">
         <v>0.92</v>
       </c>
       <c r="F25" s="14">
         <v>0.9</v>
       </c>
       <c r="G25" s="14">
         <v>0.96</v>
       </c>
       <c r="H25" s="14">
         <v>1.09</v>
       </c>
       <c r="I25" s="14">
         <v>1.14</v>
       </c>
       <c r="J25" s="14">
         <v>1.46</v>
       </c>
       <c r="K25" s="14">
-        <v>1.59</v>
+        <v>0.0</v>
       </c>
       <c r="L25" s="14">
-        <v>1.35</v>
+        <v>0.0</v>
       </c>
       <c r="M25" s="14">
-        <v>1.29</v>
+        <v>0.0</v>
       </c>
       <c r="N25" s="14">
-        <v>1.35</v>
+        <v>0.0</v>
       </c>
       <c r="O25" s="14">
         <v>0.0</v>
       </c>
       <c r="P25" s="14">
         <v>0.0</v>
       </c>
       <c r="Q25" s="14">
         <v>0.0</v>
       </c>
       <c r="R25" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="A26" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="14">
         <v>4.38</v>
       </c>
       <c r="C26" s="14">
         <v>4.05</v>
       </c>
       <c r="D26" s="14">