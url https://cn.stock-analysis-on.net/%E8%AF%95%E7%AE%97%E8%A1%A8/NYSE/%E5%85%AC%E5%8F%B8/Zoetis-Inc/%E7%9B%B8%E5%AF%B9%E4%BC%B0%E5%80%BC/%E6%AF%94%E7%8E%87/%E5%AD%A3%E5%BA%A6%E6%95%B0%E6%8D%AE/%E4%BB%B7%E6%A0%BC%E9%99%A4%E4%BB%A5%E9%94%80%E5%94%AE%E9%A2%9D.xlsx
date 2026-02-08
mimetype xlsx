--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1483,60 +1483,60 @@
       <c r="C24" s="10">
         <v>7.84</v>
       </c>
       <c r="D24" s="10">
         <v>6.81</v>
       </c>
       <c r="E24" s="10">
         <v>6.61</v>
       </c>
       <c r="F24" s="10">
         <v>6.69</v>
       </c>
       <c r="G24" s="10">
         <v>7.0099999999999998</v>
       </c>
       <c r="H24" s="10">
         <v>5.87</v>
       </c>
       <c r="I24" s="10">
         <v>4.66</v>
       </c>
       <c r="J24" s="10">
         <v>4.4</v>
       </c>
       <c r="K24" s="10">
-        <v>4.2</v>
+        <v>0.0</v>
       </c>
       <c r="L24" s="10">
-        <v>5.14</v>
+        <v>0.0</v>
       </c>
       <c r="M24" s="10">
-        <v>5.2</v>
+        <v>0.0</v>
       </c>
       <c r="N24" s="10">
-        <v>5.78</v>
+        <v>0.0</v>
       </c>
       <c r="O24" s="10">
         <v>0.0</v>
       </c>
       <c r="P24" s="10">
         <v>0.0</v>
       </c>
       <c r="Q24" s="10">
         <v>0.0</v>
       </c>
       <c r="R24" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="A25" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="10">
         <v>5.14</v>
       </c>
       <c r="C25" s="10">
         <v>4.99</v>
       </c>
       <c r="D25" s="10">