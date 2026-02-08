--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1113,51 +1113,51 @@
       </c>
       <c r="C33" s="14">
         <v>0.2495</v>
       </c>
       <c r="D33" s="14">
         <v>-0.0711</v>
       </c>
       <c r="E33" s="14">
         <v>0.0</v>
       </c>
       <c r="F33" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="13" t="s">
         <v>28</v>
       </c>
       <c r="B34" s="14">
         <v>0.0117</v>
       </c>
       <c r="C34" s="14">
         <v>0.1107</v>
       </c>
       <c r="D34" s="14">
-        <v>0.4354</v>
+        <v>0.0</v>
       </c>
       <c r="E34" s="14">
         <v>0.0</v>
       </c>
       <c r="F34" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="13" t="s">
         <v>29</v>
       </c>
       <c r="B35" s="14">
         <v>0.0496</v>
       </c>
       <c r="C35" s="14">
         <v>-0.0178</v>
       </c>
       <c r="D35" s="14">
         <v>0.4338</v>
       </c>
       <c r="E35" s="14">
         <v>0.0</v>
       </c>
       <c r="F35" s="14">